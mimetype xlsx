--- v0 (2025-12-14)
+++ v1 (2026-03-15)
@@ -54,423 +54,423 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>PLO-E</t>
   </si>
   <si>
     <t>Projeto de Lei - Executivo</t>
   </si>
   <si>
     <t>Davanilson José Pinheiro Leite (Tó da Guiomar)</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/12/pl_048-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/12/pl_048-2023.pdf</t>
   </si>
   <si>
     <t>Inclui o art. 1° a Lei Municipal n° 001/2007 e adota outras providencias.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/13/pl_049-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/13/pl_049-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da realização da Eleição indireta no âmbito do municipal de Pacajus e adota outras providencias.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/35/pl_050-2023_loa_compressed.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/35/pl_050-2023_loa_compressed.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pacajús para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/28/pl_052-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/28/pl_052-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca a concessão do piso salarial para os cargos de enfermeiro, técnico de enfermagem e auxiliar de enfermagem, de acordo com a Emenda Constitucional n. 124, de 14 de julho de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/34/pl_053-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/34/pl_053-2023.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos I e II da Lei Municipal n. 1.031/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina de Enéas de Castro Feitosa o Ponto de Apoio a Saúde, da localidade do Formoso.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/46/pl_056-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/46/pl_056-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 936/2022, que trata da Estrutura Administrativa do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/55/pl_057-20231.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/55/pl_057-20231.pdf</t>
   </si>
   <si>
     <t>Que dispõe sobre a autorização para o Chefe do Executivo Municipal fornecer auxílio financeiro a atleta e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/56/pl_058-20231.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/56/pl_058-20231.pdf</t>
   </si>
   <si>
     <t>Que altera as Leis Municipais n. 936/2022, 1092/2023 e 1094/2023 que tratam da Estrutura Administrativa do Poder Executivo Municipal, bem como dispões sobre o reajuste salarial dos cargos de administrador e fiscal de tributos municipais na forma que indica é dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/62/pl_059-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/62/pl_059-2023.pdf</t>
   </si>
   <si>
     <t>Altera as metas fiscais para o exercício de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/60/pl_060-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/60/pl_060-2023.pdf</t>
   </si>
   <si>
     <t>Que autoriza o Poder Executivo a fazer a concessão de uso, em COMODATO, de bem imóvel Público Municipal e, dá outras providências.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/61/pl_061-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/61/pl_061-2023.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 7°-a, na lei 1103, de 12 de maio de 2023 e, dá outras providências</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário</t>
   </si>
   <si>
     <t>Erlando Lima, Chichico, Reginaldo Firmino, Ronielly da Aldeia</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/22/pl_045-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/22/pl_045-2023.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo do Cidadão Pacajuense para o Sr. Sergio Luiz Rodrigues Lima.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Rhaisa Menezes</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/30/pl_046-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/30/pl_046-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pacajuense à Sra. Lia Gondim Araújo de Freitas</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Ricardo Motos</t>
   </si>
   <si>
     <t>Concede Título de cidadão Pacajus para Deputado Estadual Agenor.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Concede Título de cidadão Pacajus para Deputado Federal Mauro Filho.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Ronielly da Aldeia</t>
   </si>
   <si>
     <t>Concede título de cidadã Pacajuense para Maria Vilani Lima da Silva.</t>
   </si>
   <si>
     <t>Reginaldo Firmino, Ricardo Motos</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/49/pl_050-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/49/pl_050-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pacajuense para o Sr. Alcimor Aguiar Rocha Neto.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/50/pl_151-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/50/pl_151-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pacajuense para o Sr. Damião Soares Tenório.</t>
   </si>
   <si>
     <t>Cristina Rocha</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/51/pl_052-20231.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/51/pl_052-20231.pdf</t>
   </si>
   <si>
     <t>Visa implantar o serviço legislativo de orientação, proteção e defesa do consumidor no âmbito da Câmara Municipal de Pacajus - PROCON/CMP, cujo objetivo é promover e implementar as ações direcionadas à educação, orientação e proteção e defesa do consumidor e à coordenação da política de defesa do consumidor.</t>
   </si>
   <si>
     <t>Rodrigo Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/57/pl_053-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/57/pl_053-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pacajuense para o Sr. Luiz de Almeida Teles.</t>
   </si>
   <si>
     <t>Reginaldo Firmino</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/58/pl_054-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/58/pl_054-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pacajuense para o Sr. Jaques Henrique Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/59/pl_055-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/59/pl_055-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pacajuense para a Sra. Emanuele Rafael de Souza Alencar.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_resolucao_05.2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_resolucao_05.2023.pdf</t>
   </si>
   <si>
     <t>Estabelece regras para as Eleições Indiretas que indica e adota outras providencias.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/43/pr_006-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/43/pr_006-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece regras para as eleições indiretas que indica e adota outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Reginaldo Benício</t>
   </si>
   <si>
     <t>Requer do Pode Executivo a implementação do Projeto Cuidar de Todos;</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/16/ind_184_-_2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/16/ind_184_-_2023.pdf</t>
   </si>
   <si>
     <t>A criação do serviço de tele-entrega em domicílio, de medicamentos da CAF (Centro de Abastecimento Farmacêutico) para pacientes acamados do Município, com extensão progressiva para hipertenso e diabético.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Reginaldo Benício, Eulálio Pontes, Ricardo Motos</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/17/ind_185_-_2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/17/ind_185_-_2023.pdf</t>
   </si>
   <si>
     <t>Requer Pediatra de Plantão com atendimento diário no Posto do Centro de Pacajus.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Eulálio Pontes</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/18/ind_186_-_2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/18/ind_186_-_2023.pdf</t>
   </si>
   <si>
     <t>Criação no âmbito do Município de Pacajus, o Programa "Reboque Minha Casa".</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Ricardo Motos, Chichico, Cristina Rocha, Erlando Lima, Ronaldo dos Frios</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/19/ind_187_-_2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/19/ind_187_-_2023.pdf</t>
   </si>
   <si>
     <t>Construção da Casa do Idoso, em Pacajus, na forma que indica.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Ricardo Motos, Cristina Rocha</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/20/ind_188_-_2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/20/ind_188_-_2023.pdf</t>
   </si>
   <si>
     <t>Construção da Casa da Mulher, em Pacajus, na forma que indica.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Ronielly da Aldeia, Cristina Rocha, Eulálio Pontes</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/21/ind_189_-_2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/21/ind_189_-_2023.pdf</t>
   </si>
   <si>
     <t>Reforma do Posto de Saúde do bairro Tucum, na forma que indica.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Reginaldo Benício, Ricardo Motos</t>
   </si>
   <si>
     <t>Requer a criação do Serviço de tele-entrega em domicílio, de medicamentos da CAF (Centro de Abastecimento Farmacêutico) para pacientes acamados do Município, com extensão progressiva para hipertenso e diabéticos.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Eudes Freitas, Ricardo Motos</t>
   </si>
@@ -480,204 +480,204 @@
   <si>
     <t>25</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Requer a compra de 10 carros, para atender as secretarias do nosso Município.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Requer a compra de 2 grades, 2 roçadeiras, 2 carroças, para atender a Secretaria de Agricultura do nosso Município</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/27/ind_194-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/27/ind_194-2023.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo pague o piso da Enfermagem.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/29/ind_195-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/29/ind_195-2023.pdf</t>
   </si>
   <si>
     <t>Requer por parte do Poder Executivo Municipal a implementação do Projeto Cuidar de Todos, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/31/ind_196-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/31/ind_196-2023.pdf</t>
   </si>
   <si>
     <t>Requer por parte do Poder Executivo Municipal a implementação do Projeto para homenagear servidores públicos municipais no início de sua aposentadoria, na forma que indica.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/32/ind_197-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/32/ind_197-2023.pdf</t>
   </si>
   <si>
     <t>Reque a pavimentação asfáltica na Rua José Abílio, que liga os bairros Aldeia e Croatá 2, na forma que indica.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/33/ind_198-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/33/ind_198-2023.pdf</t>
   </si>
   <si>
     <t>Requer a reforma das paradas de ônibus, como também de todas as paradas de mototaxistas e taxistas, regulamentas no Município de Pacajus, na forma que indica.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Eulálio Pontes, Ricardo Motos</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que Proceda incentivo para implantação da feira do artesanato e agricultura familiar.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Rodrigo do Auri, Ricardo Motos</t>
   </si>
   <si>
     <t>Incorporação da Gecen (2013), mais a incorporação da insalubridade, conforme a PEC 14 que está tramitando no Congresso, que estipula a integridade</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo a concessão de comodato do espaço localizado na rua José Leite Carvalho, S/N, bairro Cohab, dentro da possibilidade o desmembramento da área institucional que corresponde a Capela de Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Reginaldo Firmino, Erlando Lima, Rhaisa Menezes, Ricardo Motos, Ronielly da Aldeia</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/48/ind_202-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/48/ind_202-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal o aumento da regência de 15% para 20% dos professores da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Cristina Rocha, Ricardo Motos, Ronielly da Aldeia</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/52/ind_203-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/52/ind_203-2023.pdf</t>
   </si>
   <si>
     <t>Indica a criação da rede de água através da Cagece e rede de iluminação pública no bairro Planalto da Paz.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/53/ind_204-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/53/ind_204-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção física do chafariz ao lado da escola Alba Laranjeira, no bairro Buriti.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/54/ind_205-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/54/ind_205-2023.pdf</t>
   </si>
   <si>
     <t>Indica a compra de 20 motocicletas para atender às demandas de todas as Secretarias.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/15/req_021-2023.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/15/req_021-2023.pdf</t>
   </si>
   <si>
     <t>Moção de louvor a empresa Vicunha Textil SA, pelos seus 55 anos, em reconhecimento pelos seus serviços na cidade de Pacajus, na forma que indica.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>PROC</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Iniciativa Popular</t>
   </si>
   <si>
-    <t>https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/41/processo_n._005-2023_denuncia.pdf</t>
+    <t>http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/41/processo_n._005-2023_denuncia.pdf</t>
   </si>
   <si>
     <t>Denúncia contra o Prefeito Bruno Pereira Figueiredo, bem como contra o Vice-Prefeito, Francisco Fagner da Costa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -984,68 +984,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/12/pl_048-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/13/pl_049-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/35/pl_050-2023_loa_compressed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/28/pl_052-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/34/pl_053-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/46/pl_056-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/55/pl_057-20231.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/56/pl_058-20231.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/62/pl_059-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/60/pl_060-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/61/pl_061-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/22/pl_045-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/30/pl_046-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/49/pl_050-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/50/pl_151-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/51/pl_052-20231.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/57/pl_053-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/58/pl_054-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/59/pl_055-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_resolucao_05.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/43/pr_006-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/16/ind_184_-_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/17/ind_185_-_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/18/ind_186_-_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/19/ind_187_-_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/20/ind_188_-_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/21/ind_189_-_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/27/ind_194-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/29/ind_195-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/31/ind_196-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/32/ind_197-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/33/ind_198-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/48/ind_202-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/52/ind_203-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/53/ind_204-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/54/ind_205-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/15/req_021-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/41/processo_n._005-2023_denuncia.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/12/pl_048-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/13/pl_049-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/35/pl_050-2023_loa_compressed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/28/pl_052-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/34/pl_053-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/46/pl_056-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/55/pl_057-20231.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/56/pl_058-20231.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/62/pl_059-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/60/pl_060-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/61/pl_061-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/22/pl_045-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/30/pl_046-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/49/pl_050-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/50/pl_151-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/51/pl_052-20231.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/57/pl_053-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/58/pl_054-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/59/pl_055-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_resolucao_05.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/43/pr_006-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/16/ind_184_-_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/17/ind_185_-_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/18/ind_186_-_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/19/ind_187_-_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/20/ind_188_-_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/21/ind_189_-_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/27/ind_194-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/29/ind_195-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/31/ind_196-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/32/ind_197-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/33/ind_198-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/48/ind_202-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/52/ind_203-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/53/ind_204-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/54/ind_205-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/15/req_021-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pacajus.ce.leg.br/media/sapl/public/materialegislativa/2023/41/processo_n._005-2023_denuncia.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>